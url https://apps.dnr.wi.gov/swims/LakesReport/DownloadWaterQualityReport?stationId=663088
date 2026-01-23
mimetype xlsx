--- v0 (2025-12-03)
+++ v1 (2026-01-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra947174748d2405e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1667c4f55a342f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc38154f3abb84c62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rfc8067c5dc3c4c62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc38154f3abb84c62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfc8067c5dc3c4c62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -21994,393 +21994,761 @@
       </x:c>
       <x:c r="O239" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P239" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q239" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R239" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="240">
       <x:c r="A240" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>36800001</x:t>
         </x:is>
       </x:c>
       <x:c r="B240" t="inlineStr">
         <x:is>
-          <x:t>06/24/2025</x:t>
+          <x:t>06/02/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C240" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D240" t="inlineStr">
         <x:is>
-          <x:t>24</x:t>
+          <x:t>02</x:t>
         </x:is>
       </x:c>
       <x:c r="E240" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F240" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>6.5</x:t>
         </x:is>
       </x:c>
       <x:c r="G240" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H240" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="I240" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J240" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K240" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>50</x:t>
         </x:is>
       </x:c>
       <x:c r="L240" t="inlineStr">
         <x:is>
-          <x:t>50</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M240" t="inlineStr">
         <x:is>
-          <x:t>44</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N240" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O240" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P240" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q240" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R240" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="241">
       <x:c r="A241" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>36800001</x:t>
         </x:is>
       </x:c>
       <x:c r="B241" t="inlineStr">
         <x:is>
-          <x:t>06/30/2025</x:t>
+          <x:t>06/23/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C241" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D241" t="inlineStr">
         <x:is>
-          <x:t>30</x:t>
+          <x:t>23</x:t>
         </x:is>
       </x:c>
       <x:c r="E241" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F241" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="G241" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H241" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="I241" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J241" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K241" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>44</x:t>
         </x:is>
       </x:c>
       <x:c r="L241" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M241" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N241" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O241" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P241" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q241" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R241" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="242">
       <x:c r="A242" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B242" t="inlineStr">
         <x:is>
-          <x:t>07/28/2025</x:t>
+          <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C242" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D242" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="E242" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F242" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G242" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="H242" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I242" t="inlineStr">
         <x:is>
-          <x:t>9</x:t>
+          <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="J242" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K242" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L242" t="inlineStr">
         <x:is>
-          <x:t>52</x:t>
+          <x:t>50</x:t>
         </x:is>
       </x:c>
       <x:c r="M242" t="inlineStr">
         <x:is>
-          <x:t>52</x:t>
+          <x:t>44</x:t>
         </x:is>
       </x:c>
       <x:c r="N242" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O242" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P242" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q242" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R242" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="243">
       <x:c r="A243" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B243" t="inlineStr">
         <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C243" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D243" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E243" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F243" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G243" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H243" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I243" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J243" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K243" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L243" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M243" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N243" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O243" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P243" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q243" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R243" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="244">
+      <x:c r="A244" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B244" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C244" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D244" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E244" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I244" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L244" t="inlineStr">
+        <x:is>
+          <x:t>52</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M244" t="inlineStr">
+        <x:is>
+          <x:t>52</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="245">
+      <x:c r="A245" t="inlineStr">
+        <x:is>
+          <x:t>36800001</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B245" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C245" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D245" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E245" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F245" t="inlineStr">
+        <x:is>
+          <x:t>6.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G245" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H245" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K245" t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N245" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P245" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q245" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R245" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="246">
+      <x:c r="A246" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B246" t="inlineStr">
+        <x:is>
           <x:t>08/24/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C243" t="inlineStr">
+      <x:c r="C246" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D243" t="inlineStr">
+      <x:c r="D246" t="inlineStr">
         <x:is>
           <x:t>24</x:t>
         </x:is>
       </x:c>
-      <x:c r="E243" t="inlineStr">
+      <x:c r="E246" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F243" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I243" t="inlineStr">
+      <x:c r="F246" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G246" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H246" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I246" t="inlineStr">
         <x:is>
           <x:t>20</x:t>
         </x:is>
       </x:c>
-      <x:c r="J243" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="L243" t="inlineStr">
+      <x:c r="J246" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K246" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L246" t="inlineStr">
         <x:is>
           <x:t>50</x:t>
         </x:is>
       </x:c>
-      <x:c r="M243" t="inlineStr">
+      <x:c r="M246" t="inlineStr">
         <x:is>
           <x:t>57</x:t>
         </x:is>
       </x:c>
-      <x:c r="N243" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N246" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O246" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P246" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q246" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R246" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="247">
+      <x:c r="A247" t="inlineStr">
+        <x:is>
+          <x:t>36800001</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B247" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C247" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D247" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E247" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F247" t="inlineStr">
+        <x:is>
+          <x:t>4.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G247" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H247" t="inlineStr">
+        <x:is>
+          <x:t>1.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I247" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J247" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K247" t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L247" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M247" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N247" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O247" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P247" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q247" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R247" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>