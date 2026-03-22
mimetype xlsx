--- v1 (2026-01-23)
+++ v2 (2026-03-22)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1667c4f55a342f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6890740f319c4f93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rfc8067c5dc3c4c62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3e3e9faa7bee4b02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfc8067c5dc3c4c62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3e3e9faa7bee4b02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>