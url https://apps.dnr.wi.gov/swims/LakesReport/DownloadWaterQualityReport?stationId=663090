--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R161d158aec004eb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R512d5629981945de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R82a4b9cbb77546f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Raf33dfc3d2df490b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R82a4b9cbb77546f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raf33dfc3d2df490b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -15735,28 +15735,120 @@
         <x:is>
           <x:t>HIGH</x:t>
         </x:is>
       </x:c>
       <x:c r="O171" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P171" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q171" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R171" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="172">
+      <x:c r="A172" t="inlineStr">
+        <x:is>
+          <x:t>36800001</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B172" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C172" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D172" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E172" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F172" t="inlineStr">
+        <x:is>
+          <x:t>8.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G172" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H172" t="inlineStr">
+        <x:is>
+          <x:t>2.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I172" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J172" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K172" t="inlineStr">
+        <x:is>
+          <x:t>46</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L172" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M172" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N172" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O172" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P172" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q172" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R172" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>