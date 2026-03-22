--- v1 (2025-12-30)
+++ v2 (2026-03-22)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R512d5629981945de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50a85ba9b8354f17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Raf33dfc3d2df490b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R996cbfc328654b1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raf33dfc3d2df490b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R996cbfc328654b1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -15788,67 +15788,251 @@
           <x:t>8.5</x:t>
         </x:is>
       </x:c>
       <x:c r="G172" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H172" t="inlineStr">
         <x:is>
           <x:t>2.6</x:t>
         </x:is>
       </x:c>
       <x:c r="I172" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J172" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K172" t="inlineStr">
         <x:is>
-          <x:t>46</x:t>
+          <x:t>45</x:t>
         </x:is>
       </x:c>
       <x:c r="L172" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M172" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N172" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O172" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P172" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q172" t="inlineStr">
         <x:is>
           <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R172" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="173">
+      <x:c r="A173" t="inlineStr">
+        <x:is>
+          <x:t>36800001</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B173" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C173" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D173" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E173" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F173" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G173" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H173" t="inlineStr">
+        <x:is>
+          <x:t>2.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I173" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J173" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K173" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L173" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M173" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N173" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O173" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P173" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q173" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R173" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="174">
+      <x:c r="A174" t="inlineStr">
+        <x:is>
+          <x:t>36800001</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B174" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C174" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D174" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E174" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F174" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G174" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H174" t="inlineStr">
+        <x:is>
+          <x:t>1.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I174" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J174" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K174" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L174" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M174" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N174" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O174" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P174" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q174" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R174" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>