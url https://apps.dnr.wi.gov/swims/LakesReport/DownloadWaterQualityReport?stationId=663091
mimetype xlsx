--- v0 (2025-12-03)
+++ v1 (2026-01-22)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73ecc2c32fb54b80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdee3da0b5cd94822" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0d113a9698b54ecb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R5dbf8483fad24380"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0d113a9698b54ecb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5dbf8483fad24380" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -19694,117 +19694,485 @@
       </x:c>
       <x:c r="O214" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P214" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q214" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R214" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="215">
       <x:c r="A215" t="inlineStr">
         <x:is>
+          <x:t>36800001</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B215" t="inlineStr">
+        <x:is>
+          <x:t>06/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C215" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D215" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E215" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F215" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G215" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H215" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I215" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J215" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K215" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L215" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M215" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N215" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O215" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P215" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q215" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R215" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="216">
+      <x:c r="A216" t="inlineStr">
+        <x:is>
+          <x:t>36800001</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B216" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C216" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D216" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E216" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F216" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G216" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H216" t="inlineStr">
+        <x:is>
+          <x:t>2.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I216" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J216" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K216" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L216" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M216" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N216" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O216" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P216" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q216" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R216" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="217">
+      <x:c r="A217" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B215" t="inlineStr">
+      <x:c r="B217" t="inlineStr">
         <x:is>
           <x:t>06/30/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C215" t="inlineStr">
+      <x:c r="C217" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
-      <x:c r="D215" t="inlineStr">
+      <x:c r="D217" t="inlineStr">
         <x:is>
           <x:t>30</x:t>
         </x:is>
       </x:c>
-      <x:c r="E215" t="inlineStr">
+      <x:c r="E217" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F215" t="inlineStr">
-[...61 lines deleted...]
-          <x:t/>
+      <x:c r="F217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="218">
+      <x:c r="A218" t="inlineStr">
+        <x:is>
+          <x:t>36800001</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B218" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C218" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D218" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E218" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F218" t="inlineStr">
+        <x:is>
+          <x:t>8.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G218" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H218" t="inlineStr">
+        <x:is>
+          <x:t>2.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I218" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J218" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K218" t="inlineStr">
+        <x:is>
+          <x:t>46</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L218" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M218" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N218" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O218" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P218" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q218" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R218" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="219">
+      <x:c r="A219" t="inlineStr">
+        <x:is>
+          <x:t>36800001</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B219" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C219" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D219" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E219" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F219" t="inlineStr">
+        <x:is>
+          <x:t>8.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G219" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H219" t="inlineStr">
+        <x:is>
+          <x:t>2.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I219" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J219" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K219" t="inlineStr">
+        <x:is>
+          <x:t>46</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L219" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M219" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N219" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O219" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P219" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q219" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R219" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>