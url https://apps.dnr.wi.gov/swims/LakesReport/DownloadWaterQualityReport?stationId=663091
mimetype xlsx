--- v1 (2026-01-22)
+++ v2 (2026-03-22)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdee3da0b5cd94822" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d02f04ab36f4783" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R5dbf8483fad24380"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra3e215bd461e4a06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5dbf8483fad24380" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra3e215bd461e4a06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>