--- v0 (2025-10-01)
+++ v1 (2025-11-17)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa78899d840e45ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree7cb81185604a2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb8dbd265ded34508"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R7aa8850853b1486e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb8dbd265ded34508" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7aa8850853b1486e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -21623,28 +21623,120 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O235" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P235" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q235" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R235" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="236">
+      <x:c r="A236" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B236" t="inlineStr">
+        <x:is>
+          <x:t>09/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C236" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D236" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E236" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F236" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G236" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H236" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I236" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J236" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K236" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L236" t="inlineStr">
+        <x:is>
+          <x:t>49</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M236" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N236" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O236" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P236" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q236" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R236" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>