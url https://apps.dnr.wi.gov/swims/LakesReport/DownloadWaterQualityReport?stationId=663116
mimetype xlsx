--- v1 (2025-11-17)
+++ v2 (2026-03-03)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree7cb81185604a2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b915c87a8984a0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R7aa8850853b1486e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R47884eeb1491489b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7aa8850853b1486e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R47884eeb1491489b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>