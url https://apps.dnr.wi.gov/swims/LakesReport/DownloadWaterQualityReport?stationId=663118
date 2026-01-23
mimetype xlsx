--- v0 (2025-12-03)
+++ v1 (2026-01-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27e4d13467024f43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cd797066a4d4e7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ree470fc05e0e4873"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rda527b5bf206458d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ree470fc05e0e4873" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rda527b5bf206458d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -12515,28 +12515,396 @@
         <x:is>
           <x:t>HIGH</x:t>
         </x:is>
       </x:c>
       <x:c r="O136" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P136" t="inlineStr">
         <x:is>
           <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q136" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R136" t="inlineStr">
         <x:is>
           <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="137">
+      <x:c r="A137" t="inlineStr">
+        <x:is>
+          <x:t>36800001</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B137" t="inlineStr">
+        <x:is>
+          <x:t>06/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C137" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D137" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E137" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F137" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G137" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H137" t="inlineStr">
+        <x:is>
+          <x:t>2.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I137" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J137" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K137" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L137" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M137" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N137" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O137" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P137" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q137" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R137" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="138">
+      <x:c r="A138" t="inlineStr">
+        <x:is>
+          <x:t>36800001</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B138" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C138" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D138" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E138" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F138" t="inlineStr">
+        <x:is>
+          <x:t>10.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G138" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H138" t="inlineStr">
+        <x:is>
+          <x:t>3.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I138" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J138" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K138" t="inlineStr">
+        <x:is>
+          <x:t>43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L138" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M138" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N138" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O138" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P138" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q138" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R138" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="139">
+      <x:c r="A139" t="inlineStr">
+        <x:is>
+          <x:t>211651672</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B139" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C139" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D139" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E139" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F139" t="inlineStr">
+        <x:is>
+          <x:t>10.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G139" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H139" t="inlineStr">
+        <x:is>
+          <x:t>3.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K139" t="inlineStr">
+        <x:is>
+          <x:t>43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N139" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P139" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q139" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R139" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="140">
+      <x:c r="A140" t="inlineStr">
+        <x:is>
+          <x:t>36800001</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B140" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C140" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D140" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E140" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F140" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G140" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H140" t="inlineStr">
+        <x:is>
+          <x:t>1.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K140" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N140" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P140" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q140" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R140" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>