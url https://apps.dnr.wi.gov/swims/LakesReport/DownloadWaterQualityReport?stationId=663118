--- v1 (2026-01-23)
+++ v2 (2026-03-22)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cd797066a4d4e7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcb50fc8eee04bf0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rda527b5bf206458d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R33ae54c5536e46ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rda527b5bf206458d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R33ae54c5536e46ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>