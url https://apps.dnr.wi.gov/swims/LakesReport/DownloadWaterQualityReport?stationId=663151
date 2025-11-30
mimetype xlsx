--- v0 (2025-10-01)
+++ v1 (2025-11-30)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R776c72e72e374d22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11c040bd2aa346b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R33ce3d447fb8476c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R5c408182dd9340dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R33ce3d447fb8476c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5c408182dd9340dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -20798,209 +20798,485 @@
       </x:c>
       <x:c r="O226" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P226" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q226" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R226" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="227">
       <x:c r="A227" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>339800321</x:t>
         </x:is>
       </x:c>
       <x:c r="B227" t="inlineStr">
         <x:is>
-          <x:t>07/27/2025</x:t>
+          <x:t>06/29/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C227" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D227" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>29</x:t>
         </x:is>
       </x:c>
       <x:c r="E227" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F227" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="G227" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H227" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>5.2</x:t>
         </x:is>
       </x:c>
       <x:c r="I227" t="inlineStr">
         <x:is>
-          <x:t>2</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J227" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K227" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>36</x:t>
         </x:is>
       </x:c>
       <x:c r="L227" t="inlineStr">
         <x:is>
-          <x:t>46</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M227" t="inlineStr">
         <x:is>
-          <x:t>39</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N227" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O227" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P227" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q227" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R227" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="228">
       <x:c r="A228" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B228" t="inlineStr">
         <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C228" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D228" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E228" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F228" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G228" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H228" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I228" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J228" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K228" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L228" t="inlineStr">
+        <x:is>
+          <x:t>46</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M228" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N228" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O228" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P228" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q228" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R228" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="229">
+      <x:c r="A229" t="inlineStr">
+        <x:is>
+          <x:t>339800321</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B229" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C229" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D229" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E229" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F229" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G229" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H229" t="inlineStr">
+        <x:is>
+          <x:t>4.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I229" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J229" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K229" t="inlineStr">
+        <x:is>
+          <x:t>37</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L229" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M229" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N229" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O229" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P229" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q229" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R229" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="230">
+      <x:c r="A230" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B230" t="inlineStr">
+        <x:is>
           <x:t>08/17/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C228" t="inlineStr">
+      <x:c r="C230" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D228" t="inlineStr">
+      <x:c r="D230" t="inlineStr">
         <x:is>
           <x:t>17</x:t>
         </x:is>
       </x:c>
-      <x:c r="E228" t="inlineStr">
+      <x:c r="E230" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F228" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I228" t="inlineStr">
+      <x:c r="F230" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G230" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H230" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I230" t="inlineStr">
         <x:is>
           <x:t>4</x:t>
         </x:is>
       </x:c>
-      <x:c r="J228" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="M228" t="inlineStr">
+      <x:c r="J230" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K230" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L230" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M230" t="inlineStr">
         <x:is>
           <x:t>45</x:t>
         </x:is>
       </x:c>
-      <x:c r="N228" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N230" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O230" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P230" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q230" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R230" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="231">
+      <x:c r="A231" t="inlineStr">
+        <x:is>
+          <x:t>339800321</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B231" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C231" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D231" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E231" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F231" t="inlineStr">
+        <x:is>
+          <x:t>11.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G231" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H231" t="inlineStr">
+        <x:is>
+          <x:t>3.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I231" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J231" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K231" t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L231" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M231" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N231" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O231" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P231" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q231" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R231" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>