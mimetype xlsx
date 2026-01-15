--- v1 (2025-11-30)
+++ v2 (2026-01-15)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11c040bd2aa346b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a0644e8ea1d4944" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R5c408182dd9340dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R112e4492ef394732"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5c408182dd9340dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R112e4492ef394732" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>