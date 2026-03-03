--- v2 (2026-01-15)
+++ v3 (2026-03-03)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a0644e8ea1d4944" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46d6be5ab0ac49cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R112e4492ef394732"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Recaef44499954170"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R112e4492ef394732" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Recaef44499954170" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>