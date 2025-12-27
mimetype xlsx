--- v0 (2025-11-02)
+++ v1 (2025-12-27)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R930623831531473c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a5303621e69462a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R19d585b6c4e6481d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3afed2d7df85491c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R19d585b6c4e6481d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3afed2d7df85491c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -15186,301 +15186,577 @@
       </x:c>
       <x:c r="O165" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P165" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q165" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R165" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="166">
       <x:c r="A166" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>352199023</x:t>
         </x:is>
       </x:c>
       <x:c r="B166" t="inlineStr">
         <x:is>
-          <x:t>06/29/2025</x:t>
+          <x:t>06/27/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C166" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D166" t="inlineStr">
         <x:is>
-          <x:t>29</x:t>
+          <x:t>27</x:t>
         </x:is>
       </x:c>
       <x:c r="E166" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F166" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>6.5</x:t>
         </x:is>
       </x:c>
       <x:c r="G166" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H166" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="I166" t="inlineStr">
         <x:is>
-          <x:t>2</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J166" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K166" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>50</x:t>
         </x:is>
       </x:c>
       <x:c r="L166" t="inlineStr">
         <x:is>
-          <x:t>52</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M166" t="inlineStr">
         <x:is>
-          <x:t>42</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N166" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O166" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P166" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q166" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R166" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="167">
       <x:c r="A167" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B167" t="inlineStr">
         <x:is>
-          <x:t>07/26/2025</x:t>
+          <x:t>06/29/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C167" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D167" t="inlineStr">
         <x:is>
-          <x:t>26</x:t>
+          <x:t>29</x:t>
         </x:is>
       </x:c>
       <x:c r="E167" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F167" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G167" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="H167" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I167" t="inlineStr">
         <x:is>
-          <x:t>8</x:t>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="J167" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K167" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L167" t="inlineStr">
         <x:is>
           <x:t>52</x:t>
         </x:is>
       </x:c>
       <x:c r="M167" t="inlineStr">
         <x:is>
-          <x:t>51</x:t>
+          <x:t>42</x:t>
         </x:is>
       </x:c>
       <x:c r="N167" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O167" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P167" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q167" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R167" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="168">
       <x:c r="A168" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B168" t="inlineStr">
         <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C168" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D168" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E168" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F168" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G168" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H168" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I168" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J168" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K168" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L168" t="inlineStr">
+        <x:is>
+          <x:t>52</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M168" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N168" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O168" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P168" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q168" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R168" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="169">
+      <x:c r="A169" t="inlineStr">
+        <x:is>
+          <x:t>352199023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B169" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C169" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D169" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E169" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F169" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G169" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H169" t="inlineStr">
+        <x:is>
+          <x:t>2.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I169" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J169" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K169" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L169" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M169" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N169" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O169" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P169" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q169" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R169" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="170">
+      <x:c r="A170" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B170" t="inlineStr">
+        <x:is>
           <x:t>08/25/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C168" t="inlineStr">
+      <x:c r="C170" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D168" t="inlineStr">
+      <x:c r="D170" t="inlineStr">
         <x:is>
           <x:t>25</x:t>
         </x:is>
       </x:c>
-      <x:c r="E168" t="inlineStr">
+      <x:c r="E170" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F168" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I168" t="inlineStr">
+      <x:c r="F170" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G170" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H170" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I170" t="inlineStr">
         <x:is>
           <x:t>5</x:t>
         </x:is>
       </x:c>
-      <x:c r="J168" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="L168" t="inlineStr">
+      <x:c r="J170" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K170" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L170" t="inlineStr">
         <x:is>
           <x:t>51</x:t>
         </x:is>
       </x:c>
-      <x:c r="M168" t="inlineStr">
+      <x:c r="M170" t="inlineStr">
         <x:is>
           <x:t>47</x:t>
         </x:is>
       </x:c>
-      <x:c r="N168" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N170" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O170" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P170" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q170" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R170" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="171">
+      <x:c r="A171" t="inlineStr">
+        <x:is>
+          <x:t>352199023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B171" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C171" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D171" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E171" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G171" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N171" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P171" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q171" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R171" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>