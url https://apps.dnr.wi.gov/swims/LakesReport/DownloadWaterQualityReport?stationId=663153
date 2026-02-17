--- v1 (2025-12-27)
+++ v2 (2026-02-17)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a5303621e69462a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0ca535196404283" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3afed2d7df85491c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1aa3a518f76a4439"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3afed2d7df85491c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1aa3a518f76a4439" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>