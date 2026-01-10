--- v0 (2025-10-25)
+++ v1 (2026-01-10)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e58bb94d0534c4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb190baa608644cda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R23bcd3cb2c264bcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R925b1092218b4e52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R23bcd3cb2c264bcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R925b1092218b4e52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -1935,28 +1935,304 @@
         <x:is>
           <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O21" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P21" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q21" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R21" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="22">
+      <x:c r="A22" t="inlineStr">
+        <x:is>
+          <x:t>363501745</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B22" t="inlineStr">
+        <x:is>
+          <x:t>10/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C22" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D22" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E22" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F22" t="inlineStr">
+        <x:is>
+          <x:t>3.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G22" t="inlineStr">
+        <x:is>
+          <x:t>YES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H22" t="inlineStr">
+        <x:is>
+          <x:t>1.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K22" t="inlineStr">
+        <x:is>
+          <x:t>58</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N22" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P22" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q22" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R22" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="23">
+      <x:c r="A23" t="inlineStr">
+        <x:is>
+          <x:t>363501745</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B23" t="inlineStr">
+        <x:is>
+          <x:t>10/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C23" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D23" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E23" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F23" t="inlineStr">
+        <x:is>
+          <x:t>4.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G23" t="inlineStr">
+        <x:is>
+          <x:t>YES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H23" t="inlineStr">
+        <x:is>
+          <x:t>1.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I23" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J23" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K23" t="inlineStr">
+        <x:is>
+          <x:t>56</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L23" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M23" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N23" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O23" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P23" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q23" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R23" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="24">
+      <x:c r="A24" t="inlineStr">
+        <x:is>
+          <x:t>363501745</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B24" t="inlineStr">
+        <x:is>
+          <x:t>10/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C24" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D24" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E24" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F24" t="inlineStr">
+        <x:is>
+          <x:t>4.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G24" t="inlineStr">
+        <x:is>
+          <x:t>YES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H24" t="inlineStr">
+        <x:is>
+          <x:t>1.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I24" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J24" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K24" t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L24" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M24" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N24" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O24" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P24" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q24" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R24" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>