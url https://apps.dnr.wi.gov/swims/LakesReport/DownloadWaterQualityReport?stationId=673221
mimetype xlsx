--- v1 (2026-01-10)
+++ v2 (2026-03-13)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb190baa608644cda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdffc11d3551d4537" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R925b1092218b4e52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2f8e54027ba4429e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R925b1092218b4e52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2f8e54027ba4429e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>