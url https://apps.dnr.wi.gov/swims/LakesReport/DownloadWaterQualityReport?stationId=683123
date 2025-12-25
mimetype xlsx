--- v0 (2025-10-30)
+++ v1 (2025-12-25)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf34e00583f684aa0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R433bf98e3d15443b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R5231ba5d4f16443d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R417feafa0dad4530"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5231ba5d4f16443d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R417feafa0dad4530" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>