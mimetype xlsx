--- v1 (2025-12-25)
+++ v2 (2026-02-16)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R433bf98e3d15443b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76c8097874214878" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R417feafa0dad4530"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8ac9627cce1d45b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R417feafa0dad4530" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8ac9627cce1d45b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -39474,393 +39474,393 @@
       </x:c>
       <x:c r="O429" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P429" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q429" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R429" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="430">
       <x:c r="A430" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>8190601</x:t>
         </x:is>
       </x:c>
       <x:c r="B430" t="inlineStr">
         <x:is>
           <x:t>05/27/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C430" t="inlineStr">
         <x:is>
           <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="D430" t="inlineStr">
         <x:is>
           <x:t>27</x:t>
         </x:is>
       </x:c>
       <x:c r="E430" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F430" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="G430" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H430" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>6.4</x:t>
         </x:is>
       </x:c>
       <x:c r="I430" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J430" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K430" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>33</x:t>
         </x:is>
       </x:c>
       <x:c r="L430" t="inlineStr">
         <x:is>
           <x:t>50</x:t>
         </x:is>
       </x:c>
       <x:c r="M430" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N430" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O430" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P430" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q430" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R430" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="431">
       <x:c r="A431" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>8190601</x:t>
         </x:is>
       </x:c>
       <x:c r="B431" t="inlineStr">
         <x:is>
           <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C431" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D431" t="inlineStr">
         <x:is>
           <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="E431" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F431" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="G431" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H431" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3.3</x:t>
         </x:is>
       </x:c>
       <x:c r="I431" t="inlineStr">
         <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="J431" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K431" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>43</x:t>
         </x:is>
       </x:c>
       <x:c r="L431" t="inlineStr">
         <x:is>
           <x:t>52</x:t>
         </x:is>
       </x:c>
       <x:c r="M431" t="inlineStr">
         <x:is>
           <x:t>44</x:t>
         </x:is>
       </x:c>
       <x:c r="N431" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O431" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P431" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q431" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R431" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="432">
       <x:c r="A432" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>8190601</x:t>
         </x:is>
       </x:c>
       <x:c r="B432" t="inlineStr">
         <x:is>
           <x:t>07/28/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C432" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D432" t="inlineStr">
         <x:is>
           <x:t>28</x:t>
         </x:is>
       </x:c>
       <x:c r="E432" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F432" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>11.5</x:t>
         </x:is>
       </x:c>
       <x:c r="G432" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H432" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3.5</x:t>
         </x:is>
       </x:c>
       <x:c r="I432" t="inlineStr">
         <x:is>
           <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="J432" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K432" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>42</x:t>
         </x:is>
       </x:c>
       <x:c r="L432" t="inlineStr">
         <x:is>
           <x:t>48</x:t>
         </x:is>
       </x:c>
       <x:c r="M432" t="inlineStr">
         <x:is>
           <x:t>41</x:t>
         </x:is>
       </x:c>
       <x:c r="N432" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O432" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P432" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q432" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R432" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="433">
       <x:c r="A433" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>8190601</x:t>
         </x:is>
       </x:c>
       <x:c r="B433" t="inlineStr">
         <x:is>
           <x:t>09/02/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C433" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="D433" t="inlineStr">
         <x:is>
           <x:t>02</x:t>
         </x:is>
       </x:c>
       <x:c r="E433" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F433" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>11.5</x:t>
         </x:is>
       </x:c>
       <x:c r="G433" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H433" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3.5</x:t>
         </x:is>
       </x:c>
       <x:c r="I433" t="inlineStr">
         <x:is>
           <x:t>4</x:t>
         </x:is>
       </x:c>
       <x:c r="J433" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K433" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>42</x:t>
         </x:is>
       </x:c>
       <x:c r="L433" t="inlineStr">
         <x:is>
           <x:t>50</x:t>
         </x:is>
       </x:c>
       <x:c r="M433" t="inlineStr">
         <x:is>
           <x:t>45</x:t>
         </x:is>
       </x:c>
       <x:c r="N433" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O433" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P433" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q433" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R433" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>