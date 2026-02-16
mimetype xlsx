--- v0 (2025-11-01)
+++ v1 (2026-02-16)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb573ceac676148b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cc2136529354bec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb81759e12e57498e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Re204af1f84d54813"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb81759e12e57498e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re204af1f84d54813" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -35055,28 +35055,304 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O381" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P381" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q381" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R381" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="382">
+      <x:c r="A382" t="inlineStr">
+        <x:is>
+          <x:t>18137179</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B382" t="inlineStr">
+        <x:is>
+          <x:t>10/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C382" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D382" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E382" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F382" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G382" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H382" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I382" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J382" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K382" t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L382" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M382" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N382" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O382" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P382" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q382" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R382" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="383">
+      <x:c r="A383" t="inlineStr">
+        <x:is>
+          <x:t>18137179</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B383" t="inlineStr">
+        <x:is>
+          <x:t>10/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C383" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D383" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E383" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F383" t="inlineStr">
+        <x:is>
+          <x:t>13.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G383" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H383" t="inlineStr">
+        <x:is>
+          <x:t>4.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I383" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J383" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K383" t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L383" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M383" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N383" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O383" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P383" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q383" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R383" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="384">
+      <x:c r="A384" t="inlineStr">
+        <x:is>
+          <x:t>18137179</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B384" t="inlineStr">
+        <x:is>
+          <x:t>11/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C384" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D384" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E384" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F384" t="inlineStr">
+        <x:is>
+          <x:t>13.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G384" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H384" t="inlineStr">
+        <x:is>
+          <x:t>4.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I384" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J384" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K384" t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L384" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M384" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N384" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O384" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P384" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q384" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R384" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>