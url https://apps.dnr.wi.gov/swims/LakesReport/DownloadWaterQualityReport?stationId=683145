--- v0 (2025-10-31)
+++ v1 (2026-02-16)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5a86699d58648a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a4a08f0b30d4226" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R974d3aa95cc24fd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R5468fd5532794c8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R974d3aa95cc24fd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5468fd5532794c8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -19510,301 +19510,393 @@
       </x:c>
       <x:c r="O212" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P212" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q212" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R212" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="213">
       <x:c r="A213" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>8191389</x:t>
         </x:is>
       </x:c>
       <x:c r="B213" t="inlineStr">
         <x:is>
-          <x:t>06/28/2025</x:t>
+          <x:t>05/10/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C213" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="D213" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="E213" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F213" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="G213" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H213" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>5.2</x:t>
         </x:is>
       </x:c>
       <x:c r="I213" t="inlineStr">
         <x:is>
-          <x:t>4</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J213" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K213" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>36</x:t>
         </x:is>
       </x:c>
       <x:c r="L213" t="inlineStr">
         <x:is>
-          <x:t>47</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M213" t="inlineStr">
         <x:is>
-          <x:t>45</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N213" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O213" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P213" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q213" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R213" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="214">
       <x:c r="A214" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>8191389</x:t>
         </x:is>
       </x:c>
       <x:c r="B214" t="inlineStr">
         <x:is>
-          <x:t>07/31/2025</x:t>
+          <x:t>06/28/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C214" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D214" t="inlineStr">
         <x:is>
-          <x:t>31</x:t>
+          <x:t>28</x:t>
         </x:is>
       </x:c>
       <x:c r="E214" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F214" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>16.5</x:t>
         </x:is>
       </x:c>
       <x:c r="G214" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H214" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="I214" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t>4</x:t>
         </x:is>
       </x:c>
       <x:c r="J214" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K214" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>37</x:t>
         </x:is>
       </x:c>
       <x:c r="L214" t="inlineStr">
         <x:is>
           <x:t>47</x:t>
         </x:is>
       </x:c>
       <x:c r="M214" t="inlineStr">
         <x:is>
-          <x:t>43</x:t>
+          <x:t>45</x:t>
         </x:is>
       </x:c>
       <x:c r="N214" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O214" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P214" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q214" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R214" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="215">
       <x:c r="A215" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>8191389</x:t>
         </x:is>
       </x:c>
       <x:c r="B215" t="inlineStr">
         <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C215" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D215" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E215" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F215" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G215" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H215" t="inlineStr">
+        <x:is>
+          <x:t>2.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I215" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J215" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K215" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L215" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M215" t="inlineStr">
+        <x:is>
+          <x:t>43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N215" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O215" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P215" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q215" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R215" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="216">
+      <x:c r="A216" t="inlineStr">
+        <x:is>
+          <x:t>8191389</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B216" t="inlineStr">
+        <x:is>
           <x:t>08/31/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C215" t="inlineStr">
+      <x:c r="C216" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D215" t="inlineStr">
+      <x:c r="D216" t="inlineStr">
         <x:is>
           <x:t>31</x:t>
         </x:is>
       </x:c>
-      <x:c r="E215" t="inlineStr">
+      <x:c r="E216" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F215" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I215" t="inlineStr">
+      <x:c r="F216" t="inlineStr">
+        <x:is>
+          <x:t>13.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G216" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H216" t="inlineStr">
+        <x:is>
+          <x:t>4.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I216" t="inlineStr">
         <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
-      <x:c r="J215" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="M215" t="inlineStr">
+      <x:c r="J216" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K216" t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L216" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M216" t="inlineStr">
         <x:is>
           <x:t>42</x:t>
         </x:is>
       </x:c>
-      <x:c r="N215" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N216" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O216" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P216" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q216" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R216" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>