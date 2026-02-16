--- v0 (2025-10-18)
+++ v1 (2026-02-16)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cdaf45b2ead4b0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6af5bcf302164eeb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc8dba0e3d17a4344"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra71499159d394903"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc8dba0e3d17a4344" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra71499159d394903" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -31654,301 +31654,945 @@
       </x:c>
       <x:c r="O344" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P344" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q344" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R344" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="345">
       <x:c r="A345" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>8189887</x:t>
         </x:is>
       </x:c>
       <x:c r="B345" t="inlineStr">
         <x:is>
-          <x:t>06/29/2025</x:t>
+          <x:t>04/16/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C345" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>04</x:t>
         </x:is>
       </x:c>
       <x:c r="D345" t="inlineStr">
         <x:is>
-          <x:t>29</x:t>
+          <x:t>16</x:t>
         </x:is>
       </x:c>
       <x:c r="E345" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F345" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>12.75</x:t>
         </x:is>
       </x:c>
       <x:c r="G345" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H345" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3.9</x:t>
         </x:is>
       </x:c>
       <x:c r="I345" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J345" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K345" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>40</x:t>
         </x:is>
       </x:c>
       <x:c r="L345" t="inlineStr">
         <x:is>
-          <x:t>49</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M345" t="inlineStr">
         <x:is>
-          <x:t>38</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N345" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O345" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P345" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q345" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R345" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="346">
       <x:c r="A346" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>8189887</x:t>
         </x:is>
       </x:c>
       <x:c r="B346" t="inlineStr">
         <x:is>
-          <x:t>07/27/2025</x:t>
+          <x:t>05/11/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C346" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="D346" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="E346" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F346" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>15</x:t>
         </x:is>
       </x:c>
       <x:c r="G346" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>YES</x:t>
         </x:is>
       </x:c>
       <x:c r="H346" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>4.6</x:t>
         </x:is>
       </x:c>
       <x:c r="I346" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J346" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K346" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>38</x:t>
         </x:is>
       </x:c>
       <x:c r="L346" t="inlineStr">
         <x:is>
-          <x:t>48</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M346" t="inlineStr">
         <x:is>
-          <x:t>33</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N346" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O346" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P346" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q346" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R346" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="347">
       <x:c r="A347" t="inlineStr">
         <x:is>
+          <x:t>8189887</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B347" t="inlineStr">
+        <x:is>
+          <x:t>05/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C347" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D347" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E347" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F347" t="inlineStr">
+        <x:is>
+          <x:t>15.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G347" t="inlineStr">
+        <x:is>
+          <x:t>YES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H347" t="inlineStr">
+        <x:is>
+          <x:t>4.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I347" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J347" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K347" t="inlineStr">
+        <x:is>
+          <x:t>38</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L347" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M347" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N347" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O347" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P347" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q347" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R347" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="348">
+      <x:c r="A348" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B347" t="inlineStr">
+      <x:c r="B348" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C348" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D348" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E348" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F348" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G348" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H348" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I348" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J348" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K348" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L348" t="inlineStr">
+        <x:is>
+          <x:t>49</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M348" t="inlineStr">
+        <x:is>
+          <x:t>38</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N348" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O348" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P348" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q348" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R348" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="349">
+      <x:c r="A349" t="inlineStr">
+        <x:is>
+          <x:t>8189887</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B349" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C349" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D349" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E349" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F349" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G349" t="inlineStr">
+        <x:is>
+          <x:t>YES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H349" t="inlineStr">
+        <x:is>
+          <x:t>4.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I349" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J349" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K349" t="inlineStr">
+        <x:is>
+          <x:t>38</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L349" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M349" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N349" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O349" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P349" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q349" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R349" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="350">
+      <x:c r="A350" t="inlineStr">
+        <x:is>
+          <x:t>8189887</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B350" t="inlineStr">
+        <x:is>
+          <x:t>07/18/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C350" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D350" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E350" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F350" t="inlineStr">
+        <x:is>
+          <x:t>11.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G350" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H350" t="inlineStr">
+        <x:is>
+          <x:t>3.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I350" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J350" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K350" t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L350" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M350" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N350" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O350" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P350" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q350" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R350" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="351">
+      <x:c r="A351" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B351" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C351" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D351" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E351" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F351" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G351" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H351" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I351" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J351" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K351" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L351" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M351" t="inlineStr">
+        <x:is>
+          <x:t>33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N351" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O351" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P351" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q351" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R351" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="352">
+      <x:c r="A352" t="inlineStr">
+        <x:is>
+          <x:t>8189887</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B352" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C352" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D352" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E352" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F352" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G352" t="inlineStr">
+        <x:is>
+          <x:t>YES</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H352" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I352" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J352" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K352" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L352" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M352" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N352" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O352" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P352" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q352" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R352" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="353">
+      <x:c r="A353" t="inlineStr">
+        <x:is>
+          <x:t>8189887</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B353" t="inlineStr">
+        <x:is>
+          <x:t>08/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C353" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D353" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E353" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F353" t="inlineStr">
+        <x:is>
+          <x:t>10.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G353" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H353" t="inlineStr">
+        <x:is>
+          <x:t>3.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I353" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J353" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K353" t="inlineStr">
+        <x:is>
+          <x:t>43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L353" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M353" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N353" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O353" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P353" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q353" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R353" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="354">
+      <x:c r="A354" t="inlineStr">
+        <x:is>
+          <x:t>8189887</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B354" t="inlineStr">
         <x:is>
           <x:t>08/25/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C347" t="inlineStr">
+      <x:c r="C354" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D347" t="inlineStr">
+      <x:c r="D354" t="inlineStr">
         <x:is>
           <x:t>25</x:t>
         </x:is>
       </x:c>
-      <x:c r="E347" t="inlineStr">
+      <x:c r="E354" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F347" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I347" t="inlineStr">
+      <x:c r="F354" t="inlineStr">
+        <x:is>
+          <x:t>9.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G354" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H354" t="inlineStr">
+        <x:is>
+          <x:t>2.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I354" t="inlineStr">
         <x:is>
           <x:t>4</x:t>
         </x:is>
       </x:c>
-      <x:c r="J347" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="L347" t="inlineStr">
+      <x:c r="J354" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K354" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L354" t="inlineStr">
         <x:is>
           <x:t>48</x:t>
         </x:is>
       </x:c>
-      <x:c r="M347" t="inlineStr">
+      <x:c r="M354" t="inlineStr">
         <x:is>
           <x:t>45</x:t>
         </x:is>
       </x:c>
-      <x:c r="N347" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N354" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O354" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P354" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q354" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R354" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>