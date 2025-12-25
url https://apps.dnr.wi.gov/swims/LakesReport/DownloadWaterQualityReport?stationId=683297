--- v0 (2025-11-04)
+++ v1 (2025-12-25)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra62c8ae833d84a47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e7437058e4c4680" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb6cd8dcb0d2b43a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R983023a3d3e446e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb6cd8dcb0d2b43a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R983023a3d3e446e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -30090,117 +30090,301 @@
       </x:c>
       <x:c r="O327" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P327" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q327" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R327" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="328">
       <x:c r="A328" t="inlineStr">
         <x:is>
+          <x:t>318353103</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B328" t="inlineStr">
+        <x:is>
+          <x:t>08/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C328" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D328" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E328" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F328" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G328" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H328" t="inlineStr">
+        <x:is>
+          <x:t>2.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K328" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N328" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P328" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q328" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R328" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="329">
+      <x:c r="A329" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B328" t="inlineStr">
+      <x:c r="B329" t="inlineStr">
         <x:is>
           <x:t>08/26/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C328" t="inlineStr">
+      <x:c r="C329" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D328" t="inlineStr">
+      <x:c r="D329" t="inlineStr">
         <x:is>
           <x:t>26</x:t>
         </x:is>
       </x:c>
-      <x:c r="E328" t="inlineStr">
+      <x:c r="E329" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F328" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I328" t="inlineStr">
+      <x:c r="F329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I329" t="inlineStr">
         <x:is>
           <x:t>5</x:t>
         </x:is>
       </x:c>
-      <x:c r="J328" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="L328" t="inlineStr">
+      <x:c r="J329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L329" t="inlineStr">
         <x:is>
           <x:t>47</x:t>
         </x:is>
       </x:c>
-      <x:c r="M328" t="inlineStr">
+      <x:c r="M329" t="inlineStr">
         <x:is>
           <x:t>48</x:t>
         </x:is>
       </x:c>
-      <x:c r="N328" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="330">
+      <x:c r="A330" t="inlineStr">
+        <x:is>
+          <x:t>318353103</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B330" t="inlineStr">
+        <x:is>
+          <x:t>08/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C330" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D330" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E330" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F330" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G330" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H330" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I330" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J330" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K330" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L330" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M330" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N330" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O330" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P330" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q330" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R330" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>