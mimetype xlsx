--- v1 (2025-12-25)
+++ v2 (2026-02-16)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e7437058e4c4680" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a206c35835849ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R983023a3d3e446e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R15f7a836f58349a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R983023a3d3e446e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R15f7a836f58349a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>