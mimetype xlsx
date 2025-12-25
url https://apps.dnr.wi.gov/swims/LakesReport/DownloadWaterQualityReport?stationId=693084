--- v0 (2025-10-22)
+++ v1 (2025-12-25)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3a5be9ecc954a98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfeca5ff12f248c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R40c9b2b684574952"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R91ccbe6967d84927"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R40c9b2b684574952" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R91ccbe6967d84927" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -13895,28 +13895,120 @@
         <x:is>
           <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O151" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P151" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q151" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R151" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="152">
+      <x:c r="A152" t="inlineStr">
+        <x:is>
+          <x:t>46007480</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B152" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C152" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D152" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E152" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F152" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G152" t="inlineStr">
+        <x:is>
+          <x:t>N</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H152" t="inlineStr">
+        <x:is>
+          <x:t>2.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I152" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J152" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K152" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L152" t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M152" t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N152" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O152" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P152" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q152" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R152" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>