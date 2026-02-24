--- v1 (2025-12-25)
+++ v2 (2026-02-24)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfeca5ff12f248c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9b138a86bb34e3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R91ccbe6967d84927"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbfcd7c2393034a18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R91ccbe6967d84927" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbfcd7c2393034a18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>