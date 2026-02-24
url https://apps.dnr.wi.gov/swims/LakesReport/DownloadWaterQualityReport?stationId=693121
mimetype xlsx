--- v0 (2025-10-16)
+++ v1 (2026-02-24)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28b53f5b0aa14817" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8776d278a49b4d78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rffd192ca21374d4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0fbec4c8431a4587"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rffd192ca21374d4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0fbec4c8431a4587" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -19139,28 +19139,120 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O208" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P208" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q208" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R208" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="209">
+      <x:c r="A209" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B209" t="inlineStr">
+        <x:is>
+          <x:t>11/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C209" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D209" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E209" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F209" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G209" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H209" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I209" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J209" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K209" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L209" t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M209" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N209" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O209" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P209" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q209" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R209" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>