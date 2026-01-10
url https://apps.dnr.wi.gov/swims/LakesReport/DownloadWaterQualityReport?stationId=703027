--- v0 (2025-10-07)
+++ v1 (2026-01-10)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74db69b3c5fa483f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb14cbb9176c744fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R76fe0fc79d4d434a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9c74ca30bb73477b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R76fe0fc79d4d434a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9c74ca30bb73477b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -28615,28 +28615,120 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O311" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P311" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q311" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R311" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="312">
+      <x:c r="A312" t="inlineStr">
+        <x:is>
+          <x:t>18137461</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B312" t="inlineStr">
+        <x:is>
+          <x:t>10/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C312" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D312" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E312" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F312" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G312" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H312" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I312" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J312" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K312" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L312" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M312" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N312" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O312" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P312" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q312" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R312" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>