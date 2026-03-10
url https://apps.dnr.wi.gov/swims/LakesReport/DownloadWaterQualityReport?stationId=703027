--- v1 (2026-01-10)
+++ v2 (2026-03-10)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb14cbb9176c744fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf296440cb5aa480d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9c74ca30bb73477b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R60f4512a771f46d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9c74ca30bb73477b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R60f4512a771f46d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>