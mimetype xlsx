--- v0 (2025-11-06)
+++ v1 (2025-12-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R956c54cce8e74c53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4eb4d2779ad84530" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1bb4a60cd2744374"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6ba3896a099c4b56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1bb4a60cd2744374" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6ba3896a099c4b56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -23279,28 +23279,304 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O253" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P253" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q253" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R253" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="254">
+      <x:c r="A254" t="inlineStr">
+        <x:is>
+          <x:t>314758927</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B254" t="inlineStr">
+        <x:is>
+          <x:t>05/06/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C254" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D254" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E254" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F254" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G254" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H254" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I254" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J254" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K254" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L254" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M254" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N254" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O254" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P254" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q254" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R254" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="255">
+      <x:c r="A255" t="inlineStr">
+        <x:is>
+          <x:t>314758927</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B255" t="inlineStr">
+        <x:is>
+          <x:t>06/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C255" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D255" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E255" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F255" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G255" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H255" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I255" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J255" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K255" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L255" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M255" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N255" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O255" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P255" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q255" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R255" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="256">
+      <x:c r="A256" t="inlineStr">
+        <x:is>
+          <x:t>314758927</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B256" t="inlineStr">
+        <x:is>
+          <x:t>07/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C256" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D256" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E256" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F256" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G256" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H256" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I256" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J256" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K256" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L256" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M256" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N256" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O256" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P256" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q256" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R256" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>