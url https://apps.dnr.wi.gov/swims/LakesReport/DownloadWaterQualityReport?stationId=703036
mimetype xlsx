--- v1 (2025-12-26)
+++ v2 (2026-02-21)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4eb4d2779ad84530" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70aed5e38dc14796" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6ba3896a099c4b56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd467be6a6aaa46e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6ba3896a099c4b56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd467be6a6aaa46e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>