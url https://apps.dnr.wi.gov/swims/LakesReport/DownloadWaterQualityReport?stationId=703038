--- v0 (2025-11-06)
+++ v1 (2025-12-25)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf7f6adcd4fb479f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a6ef5958d0346fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R24f56c2e03e24d27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R916c55f625314a15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R24f56c2e03e24d27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R916c55f625314a15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -24751,28 +24751,304 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O269" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P269" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q269" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R269" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="270">
+      <x:c r="A270" t="inlineStr">
+        <x:is>
+          <x:t>314758927</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B270" t="inlineStr">
+        <x:is>
+          <x:t>05/06/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C270" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D270" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E270" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F270" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G270" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H270" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I270" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J270" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K270" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L270" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M270" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N270" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O270" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P270" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q270" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R270" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="271">
+      <x:c r="A271" t="inlineStr">
+        <x:is>
+          <x:t>314758927</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B271" t="inlineStr">
+        <x:is>
+          <x:t>06/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C271" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D271" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E271" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F271" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G271" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H271" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I271" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J271" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K271" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L271" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M271" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N271" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O271" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P271" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q271" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R271" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="272">
+      <x:c r="A272" t="inlineStr">
+        <x:is>
+          <x:t>314758927</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B272" t="inlineStr">
+        <x:is>
+          <x:t>07/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C272" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D272" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E272" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F272" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G272" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H272" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I272" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J272" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K272" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L272" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M272" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N272" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O272" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P272" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q272" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R272" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>