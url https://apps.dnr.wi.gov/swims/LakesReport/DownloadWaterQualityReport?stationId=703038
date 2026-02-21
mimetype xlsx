--- v1 (2025-12-25)
+++ v2 (2026-02-21)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a6ef5958d0346fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb52e93f4f344fa8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R916c55f625314a15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rfc7ef0d30163428b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R916c55f625314a15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfc7ef0d30163428b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>