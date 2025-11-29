--- v0 (2025-10-08)
+++ v1 (2025-11-29)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8463cacde914660" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bf918a30e364e1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Re8170d38b05a4991"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8ac1e6934db14608"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re8170d38b05a4991" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8ac1e6934db14608" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -26867,28 +26867,120 @@
         <x:is>
           <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O292" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P292" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q292" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R292" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="293">
+      <x:c r="A293" t="inlineStr">
+        <x:is>
+          <x:t>46007480</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B293" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C293" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D293" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E293" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F293" t="inlineStr">
+        <x:is>
+          <x:t>8.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G293" t="inlineStr">
+        <x:is>
+          <x:t>N</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H293" t="inlineStr">
+        <x:is>
+          <x:t>2.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I293" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J293" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K293" t="inlineStr">
+        <x:is>
+          <x:t>46</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L293" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M293" t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N293" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O293" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P293" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q293" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R293" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>