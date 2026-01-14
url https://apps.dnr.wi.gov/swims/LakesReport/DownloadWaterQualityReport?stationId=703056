--- v1 (2025-11-29)
+++ v2 (2026-01-14)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bf918a30e364e1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57371336e1bb4431" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8ac1e6934db14608"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb49277d66dee4408"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8ac1e6934db14608" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb49277d66dee4408" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>