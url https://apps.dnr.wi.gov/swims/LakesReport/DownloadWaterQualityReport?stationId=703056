--- v2 (2026-01-14)
+++ v3 (2026-02-28)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57371336e1bb4431" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67b1f78024d844b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb49277d66dee4408"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R552427c9ee1c4650"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb49277d66dee4408" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R552427c9ee1c4650" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>