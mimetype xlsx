--- v0 (2025-10-01)
+++ v1 (2025-11-16)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67061be38ae04166" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99273256d6204c34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb9abfdf7a98e4580"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R394e8d811d8040b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb9abfdf7a98e4580" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R394e8d811d8040b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -35334,301 +35334,393 @@
       </x:c>
       <x:c r="O384" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P384" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q384" t="inlineStr">
         <x:is>
           <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R384" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="385">
       <x:c r="A385" t="inlineStr">
         <x:is>
-          <x:t>8188461</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B385" t="inlineStr">
         <x:is>
           <x:t>08/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C385" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="D385" t="inlineStr">
         <x:is>
           <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="E385" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F385" t="inlineStr">
         <x:is>
-          <x:t>13</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G385" t="inlineStr">
         <x:is>
-          <x:t>NO</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="H385" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I385" t="inlineStr">
+        <x:is>
           <x:t>4</x:t>
         </x:is>
       </x:c>
-      <x:c r="I385" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="J385" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K385" t="inlineStr">
         <x:is>
-          <x:t>40</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="L385" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>46</x:t>
         </x:is>
       </x:c>
       <x:c r="M385" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>46</x:t>
         </x:is>
       </x:c>
       <x:c r="N385" t="inlineStr">
         <x:is>
-          <x:t>NORMAL</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="O385" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P385" t="inlineStr">
         <x:is>
-          <x:t>CLEAR</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q385" t="inlineStr">
         <x:is>
-          <x:t>BLUE</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="R385" t="inlineStr">
         <x:is>
-          <x:t>2-Very minor aesthetic problems</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="386">
       <x:c r="A386" t="inlineStr">
         <x:is>
           <x:t>8188461</x:t>
         </x:is>
       </x:c>
       <x:c r="B386" t="inlineStr">
         <x:is>
-          <x:t>09/06/2025</x:t>
+          <x:t>08/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C386" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="D386" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="E386" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F386" t="inlineStr">
         <x:is>
-          <x:t>14</x:t>
+          <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="G386" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H386" t="inlineStr">
         <x:is>
-          <x:t>4.3</x:t>
+          <x:t>4</x:t>
         </x:is>
       </x:c>
       <x:c r="I386" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="J386" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K386" t="inlineStr">
         <x:is>
-          <x:t>39</x:t>
+          <x:t>40</x:t>
         </x:is>
       </x:c>
       <x:c r="L386" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="M386" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="N386" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O386" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P386" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q386" t="inlineStr">
         <x:is>
           <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R386" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="387">
       <x:c r="A387" t="inlineStr">
         <x:is>
           <x:t>8188461</x:t>
         </x:is>
       </x:c>
       <x:c r="B387" t="inlineStr">
         <x:is>
+          <x:t>09/06/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C387" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D387" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E387" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F387" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G387" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H387" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I387" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J387" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K387" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L387" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M387" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N387" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O387" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P387" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q387" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R387" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="388">
+      <x:c r="A388" t="inlineStr">
+        <x:is>
+          <x:t>8188461</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B388" t="inlineStr">
+        <x:is>
           <x:t>09/16/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C387" t="inlineStr">
+      <x:c r="C388" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="D387" t="inlineStr">
+      <x:c r="D388" t="inlineStr">
         <x:is>
           <x:t>16</x:t>
         </x:is>
       </x:c>
-      <x:c r="E387" t="inlineStr">
+      <x:c r="E388" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F387" t="inlineStr">
+      <x:c r="F388" t="inlineStr">
         <x:is>
           <x:t>11.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="G387" t="inlineStr">
+      <x:c r="G388" t="inlineStr">
         <x:is>
           <x:t>NO</x:t>
         </x:is>
       </x:c>
-      <x:c r="H387" t="inlineStr">
+      <x:c r="H388" t="inlineStr">
         <x:is>
           <x:t>3.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="I387" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="K387" t="inlineStr">
+      <x:c r="I388" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J388" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K388" t="inlineStr">
         <x:is>
           <x:t>42</x:t>
         </x:is>
       </x:c>
-      <x:c r="L387" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="N387" t="inlineStr">
+      <x:c r="L388" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M388" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N388" t="inlineStr">
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
-      <x:c r="O387" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="P387" t="inlineStr">
+      <x:c r="O388" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P388" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
-      <x:c r="Q387" t="inlineStr">
+      <x:c r="Q388" t="inlineStr">
         <x:is>
           <x:t>BLUE</x:t>
         </x:is>
       </x:c>
-      <x:c r="R387" t="inlineStr">
+      <x:c r="R388" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>