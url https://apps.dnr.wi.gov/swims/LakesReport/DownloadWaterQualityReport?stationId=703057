--- v1 (2025-11-16)
+++ v2 (2026-01-03)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99273256d6204c34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4497beadcdf2402b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R394e8d811d8040b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8aecd5cedcd54478"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R394e8d811d8040b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8aecd5cedcd54478" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>