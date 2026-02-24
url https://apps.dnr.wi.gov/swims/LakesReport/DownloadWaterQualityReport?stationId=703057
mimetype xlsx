--- v2 (2026-01-03)
+++ v3 (2026-02-24)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4497beadcdf2402b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb8e18f77ed74e5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8aecd5cedcd54478"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd61172c00dd649fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8aecd5cedcd54478" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd61172c00dd649fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>