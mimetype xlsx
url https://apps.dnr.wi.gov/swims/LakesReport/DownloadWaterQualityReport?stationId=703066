--- v0 (2025-11-01)
+++ v1 (2025-12-25)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd48cea8223a343cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1910aa9b4a44269" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R46fd84b6c5fc449b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra47414aaa91c4f3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R46fd84b6c5fc449b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra47414aaa91c4f3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -22727,28 +22727,304 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O247" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P247" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q247" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R247" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="248">
+      <x:c r="A248" t="inlineStr">
+        <x:is>
+          <x:t>314758927</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B248" t="inlineStr">
+        <x:is>
+          <x:t>05/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C248" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D248" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E248" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F248" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G248" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H248" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I248" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J248" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K248" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L248" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M248" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N248" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O248" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P248" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q248" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R248" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="249">
+      <x:c r="A249" t="inlineStr">
+        <x:is>
+          <x:t>314758927</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B249" t="inlineStr">
+        <x:is>
+          <x:t>06/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C249" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D249" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E249" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F249" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G249" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H249" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I249" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J249" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K249" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L249" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M249" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N249" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O249" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P249" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q249" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R249" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="250">
+      <x:c r="A250" t="inlineStr">
+        <x:is>
+          <x:t>314758927</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B250" t="inlineStr">
+        <x:is>
+          <x:t>07/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C250" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D250" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E250" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F250" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G250" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H250" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I250" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J250" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K250" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L250" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M250" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N250" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O250" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P250" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q250" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R250" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>