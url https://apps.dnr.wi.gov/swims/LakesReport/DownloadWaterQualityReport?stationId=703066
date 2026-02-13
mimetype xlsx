--- v1 (2025-12-25)
+++ v2 (2026-02-13)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1910aa9b4a44269" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19fea5689a9541f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra47414aaa91c4f3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1d94291b4f4142ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra47414aaa91c4f3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1d94291b4f4142ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>