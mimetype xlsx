--- v0 (2025-10-04)
+++ v1 (2026-01-02)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55ba6c1cd4da4b0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3251dbe59e2d4d73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8cce970ae66b4400"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbf51bf1ff146420b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8cce970ae66b4400" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbf51bf1ff146420b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -20059,28 +20059,212 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O218" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P218" t="inlineStr">
         <x:is>
           <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q218" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R218" t="inlineStr">
         <x:is>
           <x:t>4-Would not swim but boating OK (algae)</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="219">
+      <x:c r="A219" t="inlineStr">
+        <x:is>
+          <x:t>46007480</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B219" t="inlineStr">
+        <x:is>
+          <x:t>09/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C219" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D219" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E219" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F219" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G219" t="inlineStr">
+        <x:is>
+          <x:t>N</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H219" t="inlineStr">
+        <x:is>
+          <x:t>0.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I219" t="inlineStr">
+        <x:is>
+          <x:t>110</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J219" t="inlineStr">
+        <x:is>
+          <x:t>119</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K219" t="inlineStr">
+        <x:is>
+          <x:t>61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L219" t="inlineStr">
+        <x:is>
+          <x:t>65</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M219" t="inlineStr">
+        <x:is>
+          <x:t>70</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N219" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O219" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P219" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q219" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R219" t="inlineStr">
+        <x:is>
+          <x:t>4-Would not swim but boating OK (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="220">
+      <x:c r="A220" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B220" t="inlineStr">
+        <x:is>
+          <x:t>10/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C220" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D220" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E220" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F220" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G220" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H220" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I220" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J220" t="inlineStr">
+        <x:is>
+          <x:t>130</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K220" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L220" t="inlineStr">
+        <x:is>
+          <x:t>66</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M220" t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N220" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O220" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P220" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q220" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R220" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>