--- v1 (2026-01-02)
+++ v2 (2026-03-07)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3251dbe59e2d4d73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dbe14c4a5564fb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbf51bf1ff146420b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R18dacabbb479460f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbf51bf1ff146420b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R18dacabbb479460f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>